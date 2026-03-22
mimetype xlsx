--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -90,63 +90,63 @@
   <si>
     <t>COFCP - Comissão de Orçamento, Finanças e Contas Públicas</t>
   </si>
   <si>
     <t>Parecer favorável a tramitação do Projeto de Lei nº 010/2026. Vereador Relator Edilson Francisco Possera.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 10 de 2026</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Adicional Especial no Orçamento Geral do Município; altera as Metas e Prioridades da Lei nº 4.122 de 16 de junho de 2025 (PPA), altera a Lei nº 4.146 de 01 de setembro de 2025 (LDO).</t>
   </si>
   <si>
     <t>Parecer de Comissão nº 20 de 2026</t>
   </si>
   <si>
     <t>Parecer favorável a tramitação do Projeto de Lei nº 011/2026. Relator Vereador Paulo Rosa.</t>
   </si>
   <si>
     <t>Parecer de Comissão nº 23 de 2026</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 011/2026. Vereador Relator Prof. Ivo Patel.</t>
   </si>
   <si>
+    <t>Parecer de Comissão nº 25 de 2026</t>
+  </si>
+  <si>
+    <t>CIBESDL - Comissão de Infraestrutura, Bem-Estar Social e Desenvolvimento Local</t>
+  </si>
+  <si>
+    <t>Parecer favorável referente ao Projeto de Lei nº 011/2026. Relator Vereador Saimon Miri.</t>
+  </si>
+  <si>
     <t>Projeto de Lei Ordinária nº 11 de 2026</t>
   </si>
   <si>
     <t>Autoriza a desafetação de áreas públicas institucionais e dá outras providências.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Parecer favorável referente ao Projeto de Lei nº 011/2026. Relator Vereador Saimon Miri.</t>
   </si>
   <si>
     <t>Parecer de Comissão nº 21 de 2026</t>
   </si>
   <si>
     <t>Parecer favorável a tramitação do Projeto de Lei nº 012/2026. Relatora Vereadora Loi Ceni.</t>
   </si>
   <si>
     <t>Parecer de Comissão nº 24 de 2026</t>
   </si>
   <si>
     <t>Parecer favorável a tramitação do Projeto de Lei nº 012/2026. Vereador Relator Edilson Francisco Possera.</t>
   </si>
   <si>
     <t>Parecer de Comissão nº 26 de 2026</t>
   </si>
   <si>
     <t>Parecer favorável referente ao Projeto de Lei nº 012/2026. Relatora Vereadora Rosani Checelski.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 12 de 2026</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.113, de 28 de abril de 2025, que dispõe sobre o Quadro de Pessoal e Plano de Carreira dos Servidores Públicos do Município de Chopinzinho, para corrigir as atribuições típicas do cargo de Chefe da Divisão de Eventos Culturais no Anexo XXI, acrescentar o cargo de Zelador Escolar ao Anexo XI, incluir sua remuneração no Anexo XXIV, e acrescentar o cargo de Motorista Temporário no Anexo XXV, e dá outras providências.</t>
   </si>
@@ -638,86 +638,86 @@
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>2772</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>2765</v>
+        <v>2774</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>2774</v>
+        <v>2765</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>2770</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2773</v>
@@ -727,51 +727,51 @@
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2775</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2766</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">